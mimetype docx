--- v0 (2025-12-26)
+++ v1 (2026-02-01)
@@ -1,3006 +1,4784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1748500E" w14:textId="77777777" w:rsidR="00116335" w:rsidRPr="000E6987" w:rsidRDefault="00116335" w:rsidP="000E6987">
+    <w:p w14:paraId="53087A87" w14:textId="77777777" w:rsidR="006E1673" w:rsidRDefault="006E1673" w:rsidP="00680E9B">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09748E33" wp14:editId="075173C6">
+            <wp:extent cx="2381250" cy="781230"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="21" name="Picture 21" descr="Penn State Behrend wordmark with Lion shield."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="21" name="Picture 21" descr="Penn State Behrend wordmark with Lion shield."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2393579" cy="785275"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52A6073C" w14:textId="22558591" w:rsidR="00116335" w:rsidRPr="000E6987" w:rsidRDefault="00116335" w:rsidP="000E6987">
+    <w:p w14:paraId="52A6073C" w14:textId="31422EC1" w:rsidR="00116335" w:rsidRPr="00EB0DEE" w:rsidRDefault="00116335" w:rsidP="001C6FAC">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EB0DEE">
         <w:t>LEADS Program</w:t>
       </w:r>
-      <w:r w:rsidR="000E6987" w:rsidRPr="000E6987">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E6987" w:rsidRPr="00EB0DEE">
         <w:t>: An Early College Experience Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F1D3E8" w14:textId="2A31F76E" w:rsidR="000E6987" w:rsidRPr="000E6987" w:rsidRDefault="000E6987" w:rsidP="000E6987">
+    <w:p w14:paraId="45F1D3E8" w14:textId="0C6A257B" w:rsidR="000E6987" w:rsidRPr="001C6FAC" w:rsidRDefault="000E6987" w:rsidP="000E6987">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...5 lines deleted...]
-        <w:t>(Learn, Explore, Advance, Discover, Succeed)</w:t>
+      <w:r w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Learn</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">· </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Explore</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">· </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Advance</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">· </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Discover</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71194">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">· </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Succeed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07327946" w14:textId="77777777" w:rsidR="000E6987" w:rsidRPr="000E6987" w:rsidRDefault="000E6987" w:rsidP="000E6987">
+    <w:p w14:paraId="46705AD8" w14:textId="5F136C66" w:rsidR="00116335" w:rsidRPr="00EB0DEE" w:rsidRDefault="00116335" w:rsidP="001C7A01">
       <w:pPr>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
       </w:pPr>
-    </w:p>
-[...17 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EB0DEE">
         <w:t>Recommendation by Counselor for LEADS Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F59E656" w14:textId="77777777" w:rsidR="00116335" w:rsidRPr="000E6987" w:rsidRDefault="00116335" w:rsidP="00116335">
+    <w:p w14:paraId="625C3028" w14:textId="169E74E6" w:rsidR="002E106E" w:rsidRPr="001C6FAC" w:rsidRDefault="002E106E" w:rsidP="002E106E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>This section should be completed by the student’s high school counselor.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2F15" w:rsidRPr="001C6FAC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This section should be completed by your high school counselor.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC6EBB3" w14:textId="7B3B33C6" w:rsidR="00116335" w:rsidRPr="000E6987" w:rsidRDefault="00116335" w:rsidP="000E6987">
+    <w:p w14:paraId="1417D150" w14:textId="6DEF18C6" w:rsidR="00EF2F15" w:rsidRPr="00EB0DEE" w:rsidRDefault="00EF2F15" w:rsidP="00EF2F15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Applicants must be high school juniors during the 20</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> school year. </w:t>
+        <w:t>Applicants must meet the LEADS Program eligibility requirements for the current application cycle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164CEC66" w14:textId="77777777" w:rsidR="00116335" w:rsidRPr="000E6987" w:rsidRDefault="00116335" w:rsidP="000E6987">
+    <w:p w14:paraId="5D2FD58E" w14:textId="5D2754F4" w:rsidR="00EF2F15" w:rsidRDefault="00EF2F15" w:rsidP="00EF2F15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please include an official copy of the student’s transcript with this recommendation.</w:t>
+        <w:t xml:space="preserve">For current </w:t>
+      </w:r>
+      <w:r w:rsidR="00642059">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">due dates and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements, please refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="009310E6" w:rsidRPr="008E6E70">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://behrend.psu.edu/leads</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A15D04">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or contact the Penn State Behrend Office of Admissions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2015CBA4" w14:textId="2ACF5C6E" w:rsidR="00116335" w:rsidRPr="000E6987" w:rsidRDefault="00116335" w:rsidP="000E6987">
+    <w:p w14:paraId="4A001F71" w14:textId="11C8064D" w:rsidR="00A15D04" w:rsidRPr="00A15D04" w:rsidRDefault="00A15D04" w:rsidP="00A15D04">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The deadline for applications is</w:t>
+        <w:t>Please include an official copy of the student’s high school transcript with this recommendation.</w:t>
       </w:r>
-      <w:r w:rsidR="002968DD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="3072F27A" w14:textId="7C96C659" w:rsidR="00EF2F15" w:rsidRPr="00EB0DEE" w:rsidRDefault="00A41D39" w:rsidP="00EF2F15">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> April </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1424 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AA06E24" wp14:editId="57AE53C9">
-[...5 lines deleted...]
-                </wp:cNvGraphicFramePr>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F443B8B" wp14:editId="37AD1D09">
+                <wp:extent cx="6970014" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1089706786" name="Straight Connector 1">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...3 lines deleted...]
-                        <a:xfrm>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6839712" cy="0"/>
+                          <a:ext cx="6970014" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...15 lines deleted...]
-                        </a:extLst>
                       </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="32B3A046" id="Straight Connector 6" o:spid="_x0000_s1026" alt="Title: blank line" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="538.55pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXZviOuQEAAGEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkQNYacXpI2l26&#10;LUC7H8DowxYqi4KoxM6/n6R8rNhuw3wQSJF8enykVw/TYNlRBTLoWj6f1ZwpJ1Aa17X85+vTpzvO&#10;KIKTYNGplp8U8Yf1xw+r0TdqgT1aqQJLII6a0be8j9E3VUWiVwPQDL1yKagxDBCTG7pKBhgT+mCr&#10;RV0vqxGD9AGFIkq323OQrwu+1krEH1qTisy2PHGL5Qzl3OezWq+g6QL43ogLDfgHFgMYlx69QW0h&#10;AjsE8xfUYERAQh1nAocKtTZClR5SN/P6j25eevCq9JLEIX+Tif4frPh+3LhdyNTF5F78M4o3Yg43&#10;PbhOFQKvJ58GN89SVaOn5laSHfK7wPbjN5QpBw4RiwqTDkOGTP2xqYh9uomtpshEulzefb7/Ml9w&#10;Jq6xCpproQ8UvyocWDZabo3LOkADx2eKmQg015R87fDJWFtmaR0bE3h9vywFhNbIHMxpFLr9xgZ2&#10;hLwN5Stdpcj7tIy8BerPeSV03pOAByfLK70C+XixIxh7thMr6y4qZWHyFlKzR3nahat6aY6F/mXn&#10;8qK890v17z9j/QsAAP//AwBQSwMEFAAGAAgAAAAhACcKxQnaAAAAAwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe8F/8MyQm/tpj00MWZTxKLQg4ht8TzNjklMdjZkt03679140cuDxxve+ybb&#10;jqYVV+pdbVnBahmBIC6srrlUcDq+LBIQziNrbC2Tghs52OZ3swxTbQf+oOvBlyKUsEtRQeV9l0rp&#10;iooMuqXtiEP2ZXuDPti+lLrHIZSbVq6jaCMN1hwWKuzouaKiOVyMgrdE7ux781ncvofja5Lsm4d4&#10;f1Jqfj8+PYLwNPq/Y5jwAzrkgelsL6ydaBWER/yvTlkUxysQ58nLPJP/2fMfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhANdm+I65AQAAYQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACcKxQnaAAAAAwEAAA8AAAAAAAAAAAAAAAAAEwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight=".48pt">
-[...566 lines deleted...]
-              <v:line w14:anchorId="37AD2B19" id="Straight Connector 11" o:spid="_x0000_s1026" alt="Title: blank line" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="538.55pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXZviOuQEAAGEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkQNYacXpI2l26&#10;LUC7H8DowxYqi4KoxM6/n6R8rNhuw3wQSJF8enykVw/TYNlRBTLoWj6f1ZwpJ1Aa17X85+vTpzvO&#10;KIKTYNGplp8U8Yf1xw+r0TdqgT1aqQJLII6a0be8j9E3VUWiVwPQDL1yKagxDBCTG7pKBhgT+mCr&#10;RV0vqxGD9AGFIkq323OQrwu+1krEH1qTisy2PHGL5Qzl3OezWq+g6QL43ogLDfgHFgMYlx69QW0h&#10;AjsE8xfUYERAQh1nAocKtTZClR5SN/P6j25eevCq9JLEIX+Tif4frPh+3LhdyNTF5F78M4o3Yg43&#10;PbhOFQKvJ58GN89SVaOn5laSHfK7wPbjN5QpBw4RiwqTDkOGTP2xqYh9uomtpshEulzefb7/Ml9w&#10;Jq6xCpproQ8UvyocWDZabo3LOkADx2eKmQg015R87fDJWFtmaR0bE3h9vywFhNbIHMxpFLr9xgZ2&#10;hLwN5Stdpcj7tIy8BerPeSV03pOAByfLK70C+XixIxh7thMr6y4qZWHyFlKzR3nahat6aY6F/mXn&#10;8qK890v17z9j/QsAAP//AwBQSwMEFAAGAAgAAAAhACcKxQnaAAAAAwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe8F/8MyQm/tpj00MWZTxKLQg4ht8TzNjklMdjZkt03679140cuDxxve+ybb&#10;jqYVV+pdbVnBahmBIC6srrlUcDq+LBIQziNrbC2Tghs52OZ3swxTbQf+oOvBlyKUsEtRQeV9l0rp&#10;iooMuqXtiEP2ZXuDPti+lLrHIZSbVq6jaCMN1hwWKuzouaKiOVyMgrdE7ux781ncvofja5Lsm4d4&#10;f1Jqfj8+PYLwNPq/Y5jwAzrkgelsL6ydaBWER/yvTlkUxysQ58nLPJP/2fMfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhANdm+I65AQAAYQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACcKxQnaAAAAAwEAAA8AAAAAAAAAAAAAAAAAEwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight=".48pt">
+              <v:line w14:anchorId="1BDE47F7" id="Straight Connector 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="flip:y;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="548.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBanldPpAEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadIVWiBquoddwQXB&#10;CljuXmfcWPKXxqZJ/z3jSZtFgJBAXCx/zHsz7814dzN7J46A2cbQy+2mlQKCjoMNh14+fHn74rUU&#10;uagwKBcD9PIEWd7snz/bTamDqzhGNwAKIgm5m1Ivx1JS1zRZj+BV3sQEgR5NRK8KHfHQDKgmYveu&#10;uWrb62aKOCSMGnKm27vlUe6Z3xjQ5aMxGYpwvaTaCq/I62Ndm/1OdQdUabT6XIb6hyq8soGSrlR3&#10;qijxDe0vVN5qjDmastHRN9EYq4E1kJpt+5Oaz6NKwFrInJxWm/L/o9UfjrfhHsmGKeUup3usKmaD&#10;Xhhn01fqKeuiSsXMtp1W22AuQtPl9ZtXbbt9KYW+vDULRaVKmMs7iF7UTS+dDVWR6tTxfS6UlkIv&#10;IXR4KoJ35eSgBrvwCYywAyVbyuH5gFuH4qios0prCGVbu0l8HF1hxjq3AltO+0fgOb5CgWfnb8Ar&#10;gjPHUFawtyHi77KX+VKyWeIvDiy6qwWPcThxe9gaGgJWeB7YOmU/nhn+9K323wEAAP//AwBQSwME&#10;FAAGAAgAAAAhAE+cn4bZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2GZghex&#10;G3uoNWZTRNRDPbVW0NskO01Cs7Mhs03jv3fjRS8PHm9475tsPbpWDdRL49nA7TwBRVx623BlYP/+&#10;crMCJQHZYuuZDHyTwDq/vMgwtf7MWxp2oVKxhCVFA3UIXaq1lDU5lLnviGN28L3DEG1fadvjOZa7&#10;Vi+SZKkdNhwXauzoqabyuDs5A1/i5fljUwyvx+1mxOu3sPgsrTFXs/HxAVSgMfwdw4Qf0SGPTIU/&#10;sRXVGoiPhF+dsuT+bgmqmLzOM/2fPf8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWp5X&#10;T6QBAACeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;T5yfhtkAAAADAQAADwAAAAAAAAAAAAAAAAD+AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" strokecolor="#4472c4 [3204]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
                 <w10:anchorlock/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7135AFB1" w14:textId="38BF168B" w:rsidR="00116335" w:rsidRDefault="00116335" w:rsidP="006C1F35">
+    <w:p w14:paraId="755F4F0D" w14:textId="5CB2EC89" w:rsidR="007E0BB7" w:rsidRPr="00EB0DEE" w:rsidRDefault="007E0BB7" w:rsidP="00FE1C55">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Date Completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C55" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:alias w:val="Date Completed"/>
+          <w:tag w:val="date-completed"/>
+          <w:id w:val="1791081687"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="0EDE80D385244A36BE8264EDB7F32D49"/>
+          </w:placeholder>
+          <w15:color w:val="3366FF"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002A1221">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5DF00BC4" w14:textId="243489AC" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00FE1C55">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Student’s Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C55" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:alias w:val="Student Name"/>
+          <w:tag w:val="student-name"/>
+          <w:id w:val="1812216994"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="D1CA44482B804DA0BD1346056DA4C904"/>
+          </w:placeholder>
+          <w15:color w:val="3366FF"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002A1221">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="14067510" w14:textId="367D4C0F" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00FE1C55">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Student’s High School</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C55" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:alias w:val="Student High School"/>
+          <w:tag w:val="student-high-school"/>
+          <w:id w:val="1711066888"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="C5E0253659DD4C1A9CD932DEF7A157A0"/>
+          </w:placeholder>
+          <w15:color w:val="3366FF"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002A1221">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4895C041" w14:textId="62C5AAE9" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00FE1C55">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">umulative </w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rade</w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oint </w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">verage </w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(9</w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade to present):</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C55" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031248E" w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:alias w:val="Student GPA"/>
+          <w:tag w:val="student-gpa"/>
+          <w:id w:val="-1643571067"/>
+          <w:lock w:val="sdtLocked"/>
+          <w:placeholder>
+            <w:docPart w:val="E5F9E94F590A49109A5548BEC4DB59A3"/>
+          </w:placeholder>
+          <w15:color w:val="3366FF"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002A1221">
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6A1EBD71" w14:textId="74172F90" w:rsidR="006A5F2A" w:rsidRPr="00FE1C55" w:rsidRDefault="0031248E" w:rsidP="00FE1C55">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student’s </w:t>
+      </w:r>
+      <w:r w:rsidR="008F784D" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SAT Scores and/or ACT Scores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if available; not required)</w:t>
+      </w:r>
+      <w:r w:rsidR="00393293" w:rsidRPr="00FE1C55">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="SAT Scores"/>
+        <w:tblDescription w:val="Provide SAT scores if available."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1900"/>
+        <w:gridCol w:w="1358"/>
+        <w:gridCol w:w="1403"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000B31CB" w:rsidRPr="009A6188" w14:paraId="4026A309" w14:textId="77777777" w:rsidTr="00F50F46">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="50"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D90C4E4" w14:textId="72555DC8" w:rsidR="000B31CB" w:rsidRPr="009A6188" w:rsidRDefault="009A0769" w:rsidP="00A62C15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DE1AD9" w14:textId="70A525E0" w:rsidR="000B31CB" w:rsidRPr="009A6188" w:rsidRDefault="00EB0DEE" w:rsidP="00A62C15">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A6188">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EBRW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34B8BD44" w14:textId="11E8092F" w:rsidR="000B31CB" w:rsidRPr="009A6188" w:rsidRDefault="000B31CB" w:rsidP="00A62C15">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A6188">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Math</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96732" w:rsidRPr="004F18F9" w14:paraId="3B593421" w14:textId="77777777" w:rsidTr="00F50F46">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="611"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25495967" w14:textId="7AFAC913" w:rsidR="00F96732" w:rsidRPr="004F18F9" w:rsidRDefault="00F96732" w:rsidP="00F96732">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SAT Scores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="SAT EBRW"/>
+            <w:tag w:val="sat-ebrw"/>
+            <w:id w:val="1618637025"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="891C3C21C5C54B64944806D0B87F9C12"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1358" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="09F782B0" w14:textId="0B4CDE63" w:rsidR="00F96732" w:rsidRPr="00EE31A4" w:rsidRDefault="002A1221" w:rsidP="00F96732">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="SAT Math"/>
+            <w:tag w:val="sat-math"/>
+            <w:id w:val="1230119102"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="BC757478DCA442C4ACB465AE5CB63A3E"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1403" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="775D4B3D" w14:textId="22ED614A" w:rsidR="00F96732" w:rsidRPr="00EE31A4" w:rsidRDefault="002A1221" w:rsidP="00F96732">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="004787F5" w14:textId="37674408" w:rsidR="00116335" w:rsidRPr="001C7A01" w:rsidRDefault="00116335" w:rsidP="00116335">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C32A101" w14:textId="0EF0FB0F" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="ACT Scores"/>
+        <w:tblDescription w:val="Provide ACT scores if available."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1900"/>
+        <w:gridCol w:w="1358"/>
+        <w:gridCol w:w="1403"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1469"/>
+        <w:gridCol w:w="1654"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00451748" w:rsidRPr="004F18F9" w14:paraId="64F99F1D" w14:textId="77777777" w:rsidTr="00F50F46">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="171"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4504CD78" w14:textId="49018E8F" w:rsidR="00451748" w:rsidRPr="004F18F9" w:rsidRDefault="009A0769" w:rsidP="00BA2723">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ACT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644B5C5E" w14:textId="37D17321" w:rsidR="00451748" w:rsidRPr="004F18F9" w:rsidRDefault="00451748" w:rsidP="00BA2723">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Composite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2371F1" w14:textId="0E24B4C7" w:rsidR="00451748" w:rsidRPr="004F18F9" w:rsidRDefault="00451748" w:rsidP="00BA2723">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDBC17B" w14:textId="698286D3" w:rsidR="00451748" w:rsidRPr="004F18F9" w:rsidRDefault="00451748" w:rsidP="00BA2723">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reading</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D71721C" w14:textId="135DC712" w:rsidR="00451748" w:rsidRPr="004F18F9" w:rsidRDefault="00451748" w:rsidP="00BA2723">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Math</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCE219D" w14:textId="107EF038" w:rsidR="00451748" w:rsidRPr="004F18F9" w:rsidRDefault="00451748" w:rsidP="00BA2723">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96732" w:rsidRPr="004F18F9" w14:paraId="62A37A02" w14:textId="77777777" w:rsidTr="002A1221">
+        <w:trPr>
+          <w:trHeight w:val="611"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5759FED1" w14:textId="571B0B7D" w:rsidR="00F96732" w:rsidRPr="004F18F9" w:rsidRDefault="00F96732" w:rsidP="002A1221">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F18F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ACT Scores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="ACT Composite"/>
+            <w:tag w:val="act-composite"/>
+            <w:id w:val="1675215159"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="13E5301018E043F39CDD1D5D40D71B66"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1358" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="32917C42" w14:textId="32C18DCE" w:rsidR="00F96732" w:rsidRPr="005C4CDF" w:rsidRDefault="002A1221" w:rsidP="002A1221">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="ACT English"/>
+            <w:tag w:val="act-english"/>
+            <w:id w:val="-1867047726"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="1D6EFDD6761E4C678826B501BAB55137"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1403" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="1258ABC6" w14:textId="28279EBE" w:rsidR="00F96732" w:rsidRPr="005C4CDF" w:rsidRDefault="002A1221" w:rsidP="002A1221">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="ACT Reading"/>
+            <w:tag w:val="act-reading"/>
+            <w:id w:val="-910386309"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="C36CC0F41743400CA71444C6315F5A9B"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1413" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6EC27C74" w14:textId="6859A3A0" w:rsidR="00F96732" w:rsidRPr="005C4CDF" w:rsidRDefault="002A1221" w:rsidP="002A1221">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="ACT Math"/>
+            <w:tag w:val="act-math"/>
+            <w:id w:val="-624702016"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="7A2BB0CF9A984F09A6D390BD4EBD910E"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1469" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="362D70D1" w14:textId="11ACEDE9" w:rsidR="00F96732" w:rsidRPr="005C4CDF" w:rsidRDefault="002A1221" w:rsidP="002A1221">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="ACT Science"/>
+            <w:tag w:val="act-science"/>
+            <w:id w:val="963007941"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="7938BCD662C34E03A08F8D4B2D40B05B"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1654" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="084DD360" w14:textId="380B2DC9" w:rsidR="00F96732" w:rsidRPr="005C4CDF" w:rsidRDefault="002A1221" w:rsidP="002A1221">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C91E481" w14:textId="77777777" w:rsidR="00BA2723" w:rsidRPr="001C7A01" w:rsidRDefault="00BA2723" w:rsidP="00901EA9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73AA0A09" w14:textId="635C9B64" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="00116335" w:rsidP="00901EA9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>____________________________</w:t>
+        <w:t xml:space="preserve">Please assess the </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006C1F35" w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>applicant</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>_________________________________</w:t>
+        <w:t>’s ability in the chart below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54350297" w14:textId="2688FF17" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Assessment"/>
+        <w:tblDescription w:val="Assess applicant's ability in chart below by checking boxes as appropriate."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2789"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="1334"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="1334"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="1334"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00627122" w:rsidRPr="002C3FDD" w14:paraId="5095987B" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="619"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC5A7AB" w14:textId="4F95135A" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00515245" w:rsidP="00136797">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Skil</w:t>
+            </w:r>
+            <w:r w:rsidR="00136797">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Being Assessed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BE0890" w14:textId="4D372661" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00103294">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Below </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C6D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>verage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565B540D" w14:textId="77777777" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00103294">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Average</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8B678F" w14:textId="734F72DE" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00103294">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Good</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2757C735" w14:textId="2DA3DAB1" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00103294">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Excellent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BC1DBB" w14:textId="376432F3" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00103294">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Outstanding</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCD5DD5" w14:textId="77777777" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00103294">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lack adequate information to comment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00627122" w:rsidRPr="00CD79D3" w14:paraId="0F4D2FC4" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16079A4D" w14:textId="77777777" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00136797">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Academic Achievement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Academic Achievement – Below Average"/>
+            <w:tag w:val="acad-achv-below"/>
+            <w:id w:val="-180126259"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3CB739DD" w14:textId="766D75D8" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Academic Achievement – Average"/>
+            <w:tag w:val="acad-achv-avg"/>
+            <w:id w:val="-556707125"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5C33AE79" w14:textId="41CC0253" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Academic Achievement – Good"/>
+            <w:tag w:val="acad-achv-good"/>
+            <w:id w:val="-1082917168"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="45B933F8" w14:textId="61C9DD81" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Academic Achievement – Excellent"/>
+            <w:tag w:val="acad-achv-exc"/>
+            <w:id w:val="-893275857"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6D0B8D07" w14:textId="6131566A" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Academic Achievement – Outstanding"/>
+            <w:tag w:val="acad-achv-out"/>
+            <w:id w:val="327018186"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6F2E40DF" w14:textId="504C81F8" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Academic Achievement – No Information"/>
+            <w:tag w:val="acad-achv-noinfo"/>
+            <w:id w:val="-1969419338"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5C7BAA9D" w14:textId="7C85785B" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00627122" w:rsidRPr="00CD79D3" w14:paraId="41451887" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2E26CE" w14:textId="6191FC66" w:rsidR="00627122" w:rsidRPr="002C3FDD" w:rsidRDefault="00627122" w:rsidP="00136797">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Self-</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iscipline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Self‑Discipline – Below Average"/>
+            <w:tag w:val="selfdisc-below"/>
+            <w:id w:val="-1850478481"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="489373F1" w14:textId="3DDFB01F" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Self‑Discipline – Average"/>
+            <w:tag w:val="selfdisc-avg"/>
+            <w:id w:val="-449472905"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5BD3CCD9" w14:textId="310CEA68" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Self‑Discipline – Good"/>
+            <w:tag w:val="selfdisc-good"/>
+            <w:id w:val="-761999592"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="67669B0A" w14:textId="4AE8AF6E" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00DC0C35" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Self‑Discipline – Excellent"/>
+            <w:tag w:val="selfdisc-exc"/>
+            <w:id w:val="1178775612"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6656B249" w14:textId="675DAA6A" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Self‑Discipline – Outstanding"/>
+            <w:tag w:val="selfdisc-out"/>
+            <w:id w:val="83807429"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="27028AB0" w14:textId="6931527C" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00D037FD" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Self‑Discipline – No Information"/>
+            <w:tag w:val="selfdisc-noinfo"/>
+            <w:id w:val="1441177856"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="278F588E" w14:textId="4489073C" w:rsidR="00627122" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w14:paraId="45D23A16" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CABDD3" w14:textId="77777777" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Attendance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Attendance – Below Average"/>
+            <w:tag w:val="attend-below"/>
+            <w:id w:val="-307711736"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="06E105C6" w14:textId="30F5F983" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Attendance – Average"/>
+            <w:tag w:val="attend-avg"/>
+            <w:id w:val="-165485917"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="01A7204D" w14:textId="12224803" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Attendance – Good"/>
+            <w:tag w:val="attend-good"/>
+            <w:id w:val="-250746302"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="038ED343" w14:textId="61A299C1" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="00DC0C35" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Attendance – Excellent"/>
+            <w:tag w:val="attend-exc"/>
+            <w:id w:val="1619953735"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="194B680B" w14:textId="459F1395" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Attendance – Outstanding"/>
+            <w:tag w:val="attend-out"/>
+            <w:id w:val="1499540729"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7CE31D88" w14:textId="02BF2143" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Attendance – No Information"/>
+            <w:tag w:val="attend-noinfo"/>
+            <w:id w:val="-1664619816"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2FF0D96F" w14:textId="796BAA8E" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w14:paraId="262D9A0A" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0B31C3" w14:textId="18071BD8" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Respect for </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eachers/</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Respect – Below Average"/>
+            <w:tag w:val="respect-below"/>
+            <w:id w:val="-709956362"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2180E287" w14:textId="327AF1AA" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Respect – Average"/>
+            <w:tag w:val="respect-avg"/>
+            <w:id w:val="21133608"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="687F22F7" w14:textId="5B14595F" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Respect – Good"/>
+            <w:tag w:val="respect-good"/>
+            <w:id w:val="1082342599"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="706D5A55" w14:textId="5D40A5FA" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Respect – Excellent"/>
+            <w:tag w:val="respect-exc"/>
+            <w:id w:val="-253977799"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2E2F71B5" w14:textId="142C57B1" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Respect – Outstanding"/>
+            <w:tag w:val="respect-out"/>
+            <w:id w:val="679941069"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6D29E5EC" w14:textId="042CDC0C" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Respect – No Information"/>
+            <w:tag w:val="respect-noinfo"/>
+            <w:id w:val="-114598592"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7B667F46" w14:textId="5F19F970" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w14:paraId="3FFE9310" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7B43FB" w14:textId="77777777" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motivation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Motivation – Below Average"/>
+            <w:tag w:val="motiv-below"/>
+            <w:id w:val="426693094"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="19EBBF90" w14:textId="45F766AD" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Motivation – Average"/>
+            <w:tag w:val="motiv-avg"/>
+            <w:id w:val="-754664757"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0420C6D1" w14:textId="194A1DFF" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Motivation – Good"/>
+            <w:tag w:val="motiv-good"/>
+            <w:id w:val="1349446010"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7877E8AF" w14:textId="4B6D8EC3" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Motivation – Excellent"/>
+            <w:tag w:val="motiv-exc"/>
+            <w:id w:val="1298731849"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2B267A96" w14:textId="450AA17C" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Motivation – Outstanding"/>
+            <w:tag w:val="motiv-out"/>
+            <w:id w:val="841055610"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7E398D74" w14:textId="43E1F94C" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Motivation – No Information"/>
+            <w:tag w:val="motiv-noinfo"/>
+            <w:id w:val="470256283"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="00F4877E" w14:textId="4F25BDFD" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w14:paraId="4A3227A1" w14:textId="77777777" w:rsidTr="006C2401">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245C9FB0" w14:textId="77777777" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Initiative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Initiative – Below Average"/>
+            <w:tag w:val="init-below"/>
+            <w:id w:val="-1363198862"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="1066DDD6" w14:textId="75F66388" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Initiative – Average"/>
+            <w:tag w:val="init-avg"/>
+            <w:id w:val="975720681"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="55590560" w14:textId="08554355" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Initiative – Good"/>
+            <w:tag w:val="init-good"/>
+            <w:id w:val="1066837351"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="53301B46" w14:textId="4A04CF26" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Initiative – Excellent"/>
+            <w:tag w:val="init-exc"/>
+            <w:id w:val="-728300049"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="77933FBE" w14:textId="358BB248" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Initiative – Outstanding"/>
+            <w:tag w:val="init-out"/>
+            <w:id w:val="-43845011"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="67014AC4" w14:textId="4B4346F4" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Initiative – No Information"/>
+            <w:tag w:val="init-noinfo"/>
+            <w:id w:val="-1474827848"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="379E2D07" w14:textId="6F05CD76" w:rsidR="004F18F9" w:rsidRPr="00CD79D3" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w14:paraId="32BBF2E6" w14:textId="77777777" w:rsidTr="001C7A01">
+        <w:trPr>
+          <w:trHeight w:val="53"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01272D46" w14:textId="3AD339B2" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Potential for </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rowth </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hrough </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">his </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB64F4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C3FDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rogram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Potential – Below Average"/>
+            <w:tag w:val="potential-below"/>
+            <w:id w:val="-1295066067"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="57008B7A" w14:textId="4CA82B5E" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Potential – Average"/>
+            <w:tag w:val="potential-avg"/>
+            <w:id w:val="317548018"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="4AF3B83D" w14:textId="6A948698" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Potential – Good"/>
+            <w:tag w:val="potential-good"/>
+            <w:id w:val="1138150971"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="02EFD734" w14:textId="5EFC6011" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Potential – Excellent"/>
+            <w:tag w:val="potential-exc"/>
+            <w:id w:val="403801673"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="461F8D9A" w14:textId="12FE46C4" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Potential – Outstanding"/>
+            <w:tag w:val="potential-out"/>
+            <w:id w:val="76952149"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1333" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="43883120" w14:textId="3FED97D5" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="004F18F9" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:alias w:val="Potential – No Information"/>
+            <w:tag w:val="potential-noinfo"/>
+            <w:id w:val="718635336"/>
+            <w:lock w:val="sdtLocked"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1334" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5AD183D9" w14:textId="643CCCB8" w:rsidR="004F18F9" w:rsidRPr="002C3FDD" w:rsidRDefault="00FF4A86" w:rsidP="004F18F9">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Comments"/>
+        <w:tblDescription w:val="Enter comments about student."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10800"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F2E74" w:rsidRPr="006F24A0" w14:paraId="79C44DDE" w14:textId="77777777" w:rsidTr="00F50F46">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A871E6B" w14:textId="46CC0F6B" w:rsidR="005F2E74" w:rsidRPr="0074763A" w:rsidRDefault="005F2E74" w:rsidP="004C5A14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F2E74" w:rsidRPr="006F24A0" w14:paraId="0F8701AA" w14:textId="77777777" w:rsidTr="00F50F46">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="5082"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:id w:val="1209079516"/>
+            <w:placeholder>
+              <w:docPart w:val="3B11528CE84B42059BA4E3A37336BBE2"/>
+            </w:placeholder>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:tcW w:w="10800" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="7AEC2B91" w14:textId="4E770BCB" w:rsidR="00B7534A" w:rsidRPr="00F50F46" w:rsidRDefault="00000000" w:rsidP="00F50F46">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:alias w:val="Comments"/>
+                    <w:tag w:val="comments"/>
+                    <w:id w:val="-2138945898"/>
+                    <w:lock w:val="sdtLocked"/>
+                    <w:placeholder>
+                      <w:docPart w:val="613BB76279714867A061B30F8B383318"/>
+                    </w:placeholder>
+                    <w15:color w:val="3366FF"/>
+                    <w:text/>
+                  </w:sdtPr>
+                  <w:sdtContent>
+                    <w:r w:rsidR="002A1221">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="000000" w:themeColor="text1"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A60FDDC" w14:textId="77777777" w:rsidR="009A45C0" w:rsidRDefault="009A45C0" w:rsidP="006C2401">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="1000"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Counselor Information"/>
+        <w:tblDescription w:val="Complete nme, signature, title, and phone number fields."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3955"/>
+        <w:gridCol w:w="6845"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005959D9" w:rsidRPr="006F24A0" w14:paraId="0DE95784" w14:textId="77777777" w:rsidTr="005959D9">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3EAD10" w14:textId="145129EE" w:rsidR="005959D9" w:rsidRPr="0074763A" w:rsidRDefault="005959D9" w:rsidP="005959D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074763A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Counselor Name (please print or type)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="Counselor Name"/>
+            <w:tag w:val="counselor-name"/>
+            <w:id w:val="-1646654067"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="C1E3AB7EF47B49EE9AE35980E53E50B5"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6845" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B82399F" w14:textId="062BDDF2" w:rsidR="005959D9" w:rsidRPr="005959D9" w:rsidRDefault="002A1221" w:rsidP="005959D9">
+                <w:pPr>
+                  <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                    <w:b w:val="0"/>
+                    <w:bCs w:val="0"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001166CF" w:rsidRPr="006F24A0" w14:paraId="1DCD41D1" w14:textId="77777777" w:rsidTr="00494A27">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="620F71F8" w14:textId="10D8C5B4" w:rsidR="001166CF" w:rsidRPr="0074763A" w:rsidRDefault="006F24A0" w:rsidP="004C5A14">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074763A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Counselor Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05941A9A" w14:textId="18456A31" w:rsidR="001166CF" w:rsidRPr="005959D9" w:rsidRDefault="001166CF" w:rsidP="004C5A14">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00023CD4" w:rsidRPr="006F24A0" w14:paraId="1266116F" w14:textId="77777777" w:rsidTr="00494A27">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1122F8" w14:textId="7EC60DD8" w:rsidR="00023CD4" w:rsidRPr="0074763A" w:rsidRDefault="0074763A" w:rsidP="004C5A14">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="FormField"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074763A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="Counselor Title"/>
+            <w:tag w:val="counselor-title"/>
+            <w:id w:val="-501510955"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="B42E287353304AFE900103B84F7D5705"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6845" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5B777F93" w14:textId="56EF448D" w:rsidR="00023CD4" w:rsidRPr="005959D9" w:rsidRDefault="002A1221" w:rsidP="004C5A14">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00023CD4" w:rsidRPr="006F24A0" w14:paraId="20C768CB" w14:textId="77777777" w:rsidTr="00494A27">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2581DCC1" w14:textId="48C80CC5" w:rsidR="00023CD4" w:rsidRPr="0074763A" w:rsidRDefault="0074763A" w:rsidP="004C5A14">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="FormField"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074763A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="FormField"/>
+            </w:rPr>
+            <w:alias w:val="Counselor Phone Number"/>
+            <w:tag w:val="counselor-phone"/>
+            <w:id w:val="-2139551372"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="4865AD12230743A381E99B5E57F6BBA9"/>
+            </w:placeholder>
+            <w15:color w:val="3366FF"/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6845" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                  <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+                </w:tcBorders>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="01FEA332" w14:textId="4A140351" w:rsidR="00023CD4" w:rsidRPr="005959D9" w:rsidRDefault="002A1221" w:rsidP="004C5A14">
+                <w:pPr>
+                  <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="FormField"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6308FCD4" w14:textId="77777777" w:rsidR="00014C9B" w:rsidRDefault="00014C9B" w:rsidP="006C1F35">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Counselor Signature</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="621C33BE" w14:textId="1FB2D588" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">If you have questions about the program, please contact the Penn State Behrend Office of Admissions </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F00105" w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>Counselor Name (please print or type)</w:t>
+        <w:t>at 814</w:t>
+      </w:r>
+      <w:r w:rsidR="0086047A" w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>898-6100.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AECC46" w14:textId="7CDF9F19" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="0785C725" w14:textId="77777777" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29E78416" w14:textId="02B6E69A" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="3E6C37C4" w14:textId="32357C22" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...194 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please return this form with the student’s high school transcript to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E7E5D7" w14:textId="77777777" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="56E5B908" w14:textId="77777777" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00494A27">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Penn State Behrend</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5655E4D9" w14:textId="77777777" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="5655E4D9" w14:textId="77777777" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00494A27">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Office of Admissions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C58D6B0" w14:textId="38392A48" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="5C58D6B0" w14:textId="38392A48" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00494A27">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Attn: Melissa Grimm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0417D0A5" w14:textId="7C8861BB" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="0417D0A5" w14:textId="7C8861BB" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00494A27">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4851 College Drive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171A30DB" w14:textId="0033F617" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="171A30DB" w14:textId="0033F617" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="00494A27">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erie, PA 16563</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647488A0" w14:textId="22E4FB58" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="647488A0" w14:textId="22E4FB58" w:rsidR="006C1F35" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="458B25ED" w14:textId="61BB3E05" w:rsidR="006C1F35" w:rsidRPr="000E6987" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
+    <w:p w14:paraId="00A14D2C" w14:textId="2A42DDAC" w:rsidR="00254DC2" w:rsidRPr="00EB0DEE" w:rsidRDefault="006C1F35" w:rsidP="006C1F35">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Or email a scanned copy to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00254DC2" w:rsidRPr="000E6987">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00254DC2" w:rsidRPr="00EB0DEE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>mgrimm@psu.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000E6987">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1131A568" w14:textId="674737A1" w:rsidR="00254DC2" w:rsidRPr="000E6987" w:rsidRDefault="00254DC2" w:rsidP="006C1F35">
+    <w:p w14:paraId="64E41F78" w14:textId="6743285A" w:rsidR="00254DC2" w:rsidRPr="00EB0DEE" w:rsidRDefault="00C02457" w:rsidP="006C2401">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="840"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Updated: </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5F37" w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Updated: </w:t>
+        <w:t xml:space="preserve">January </w:t>
       </w:r>
-      <w:r w:rsidR="0086047A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D214EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>December</w:t>
+        <w:t xml:space="preserve">22, </w:t>
       </w:r>
-      <w:r w:rsidR="002763D3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="009C5F37" w:rsidRPr="00EB0DEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...7 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E41F78" w14:textId="77777777" w:rsidR="00254DC2" w:rsidRPr="000E6987" w:rsidRDefault="00254DC2" w:rsidP="006C1F35">
-[...9 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="00254DC2" w:rsidRPr="00EB0DEE" w:rsidSect="00CD79D3">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="630" w:bottom="1440" w:left="630" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E7B9175" w14:textId="77777777" w:rsidR="00426BE4" w:rsidRDefault="00426BE4" w:rsidP="000E6987">
+    <w:p w14:paraId="673FC7AD" w14:textId="77777777" w:rsidR="00B3709F" w:rsidRDefault="00B3709F" w:rsidP="000E6987">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="376F9C42" w14:textId="77777777" w:rsidR="00426BE4" w:rsidRDefault="00426BE4" w:rsidP="000E6987">
+    <w:p w14:paraId="5F2B5EB9" w14:textId="77777777" w:rsidR="00B3709F" w:rsidRDefault="00B3709F" w:rsidP="000E6987">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C214A6F" w14:textId="77777777" w:rsidR="00426BE4" w:rsidRDefault="00426BE4" w:rsidP="000E6987">
+    <w:p w14:paraId="421F2806" w14:textId="77777777" w:rsidR="00B3709F" w:rsidRDefault="00B3709F" w:rsidP="000E6987">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="679124ED" w14:textId="77777777" w:rsidR="00426BE4" w:rsidRDefault="00426BE4" w:rsidP="000E6987">
+    <w:p w14:paraId="3E1767A4" w14:textId="77777777" w:rsidR="00B3709F" w:rsidRDefault="00B3709F" w:rsidP="000E6987">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...54 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ECE495E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3662131C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FF051D2"/>
@@ -3217,135 +4995,283 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1125735983">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2050492565">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="367144342">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="S/l0/RrnMcrJYWTrckHhe8DesX45ppllVs31f9/rExlEK/kyVtHJ3fW/UlMg3uIHERGMbbcgTGqU0IDUP7GxgA==" w:salt="XVaglmtXyexEqcSszQrjDQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00901EA9"/>
+    <w:rsid w:val="00014C9B"/>
+    <w:rsid w:val="00023CD4"/>
+    <w:rsid w:val="0008021B"/>
+    <w:rsid w:val="000968EB"/>
+    <w:rsid w:val="000B31CB"/>
+    <w:rsid w:val="000E07DC"/>
     <w:rsid w:val="000E6987"/>
+    <w:rsid w:val="00103294"/>
     <w:rsid w:val="00116335"/>
+    <w:rsid w:val="001166CF"/>
+    <w:rsid w:val="00120F68"/>
+    <w:rsid w:val="00136797"/>
     <w:rsid w:val="00144110"/>
     <w:rsid w:val="0016021C"/>
+    <w:rsid w:val="001646D4"/>
+    <w:rsid w:val="001B1E6A"/>
+    <w:rsid w:val="001B45EA"/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:rsid w:val="001C7A01"/>
     <w:rsid w:val="00234756"/>
     <w:rsid w:val="00254DC2"/>
+    <w:rsid w:val="00275285"/>
     <w:rsid w:val="002763D3"/>
     <w:rsid w:val="002968DD"/>
+    <w:rsid w:val="002A1221"/>
+    <w:rsid w:val="002A27A7"/>
+    <w:rsid w:val="002C3FDD"/>
+    <w:rsid w:val="002E106E"/>
+    <w:rsid w:val="002E53A1"/>
+    <w:rsid w:val="002F36AB"/>
+    <w:rsid w:val="00307AE4"/>
     <w:rsid w:val="0031248E"/>
+    <w:rsid w:val="00327BCB"/>
+    <w:rsid w:val="00340075"/>
+    <w:rsid w:val="00344BD7"/>
+    <w:rsid w:val="003528D3"/>
     <w:rsid w:val="00364499"/>
     <w:rsid w:val="0037094C"/>
+    <w:rsid w:val="0038454D"/>
     <w:rsid w:val="00393293"/>
     <w:rsid w:val="00426BE4"/>
+    <w:rsid w:val="00446764"/>
+    <w:rsid w:val="00451748"/>
+    <w:rsid w:val="00481228"/>
+    <w:rsid w:val="00494A27"/>
     <w:rsid w:val="004B051B"/>
+    <w:rsid w:val="004B6851"/>
+    <w:rsid w:val="004C41FE"/>
+    <w:rsid w:val="004D29C8"/>
+    <w:rsid w:val="004D3A2F"/>
     <w:rsid w:val="004E76C8"/>
+    <w:rsid w:val="004F18F9"/>
+    <w:rsid w:val="004F6B7F"/>
+    <w:rsid w:val="004F75FB"/>
+    <w:rsid w:val="00515245"/>
+    <w:rsid w:val="00530358"/>
+    <w:rsid w:val="0054600E"/>
+    <w:rsid w:val="00560DFA"/>
+    <w:rsid w:val="005959D9"/>
+    <w:rsid w:val="005C4CDF"/>
+    <w:rsid w:val="005F2E74"/>
+    <w:rsid w:val="006063A2"/>
+    <w:rsid w:val="00613084"/>
     <w:rsid w:val="00627122"/>
+    <w:rsid w:val="00642059"/>
+    <w:rsid w:val="006744AF"/>
+    <w:rsid w:val="00680E9B"/>
+    <w:rsid w:val="006857FE"/>
+    <w:rsid w:val="0068707C"/>
+    <w:rsid w:val="006964A0"/>
+    <w:rsid w:val="006A5F2A"/>
+    <w:rsid w:val="006B2B50"/>
     <w:rsid w:val="006C1F35"/>
+    <w:rsid w:val="006C22AF"/>
+    <w:rsid w:val="006C2401"/>
+    <w:rsid w:val="006E1673"/>
+    <w:rsid w:val="006F24A0"/>
+    <w:rsid w:val="0074763A"/>
+    <w:rsid w:val="00760A81"/>
+    <w:rsid w:val="007923F6"/>
+    <w:rsid w:val="00792D83"/>
+    <w:rsid w:val="007C4881"/>
+    <w:rsid w:val="007E0BB7"/>
+    <w:rsid w:val="0081267D"/>
+    <w:rsid w:val="00826FD1"/>
+    <w:rsid w:val="00840F03"/>
+    <w:rsid w:val="00856F3A"/>
     <w:rsid w:val="0086047A"/>
+    <w:rsid w:val="00864FDD"/>
+    <w:rsid w:val="0087577A"/>
+    <w:rsid w:val="00897D98"/>
+    <w:rsid w:val="008A1EB6"/>
+    <w:rsid w:val="008E69A6"/>
+    <w:rsid w:val="008F784D"/>
     <w:rsid w:val="00901EA9"/>
+    <w:rsid w:val="00906DC3"/>
+    <w:rsid w:val="009310E6"/>
+    <w:rsid w:val="00942D21"/>
+    <w:rsid w:val="00950671"/>
+    <w:rsid w:val="009804C7"/>
+    <w:rsid w:val="009A0769"/>
+    <w:rsid w:val="009A45C0"/>
+    <w:rsid w:val="009A6188"/>
+    <w:rsid w:val="009A69BE"/>
+    <w:rsid w:val="009C5F37"/>
+    <w:rsid w:val="009D7717"/>
+    <w:rsid w:val="00A15D04"/>
+    <w:rsid w:val="00A375F8"/>
+    <w:rsid w:val="00A41D39"/>
+    <w:rsid w:val="00A41DD5"/>
+    <w:rsid w:val="00A521B2"/>
+    <w:rsid w:val="00A60F02"/>
+    <w:rsid w:val="00A62C15"/>
     <w:rsid w:val="00A6545F"/>
+    <w:rsid w:val="00A65DB4"/>
+    <w:rsid w:val="00A71194"/>
+    <w:rsid w:val="00A94C73"/>
+    <w:rsid w:val="00AA6404"/>
+    <w:rsid w:val="00AD1D6E"/>
+    <w:rsid w:val="00AF2555"/>
+    <w:rsid w:val="00B06893"/>
+    <w:rsid w:val="00B16A15"/>
+    <w:rsid w:val="00B3709F"/>
+    <w:rsid w:val="00B53EDA"/>
+    <w:rsid w:val="00B6700C"/>
+    <w:rsid w:val="00B7534A"/>
+    <w:rsid w:val="00B91D46"/>
+    <w:rsid w:val="00BA2723"/>
+    <w:rsid w:val="00BA6C6D"/>
+    <w:rsid w:val="00BB64F4"/>
+    <w:rsid w:val="00BF5662"/>
+    <w:rsid w:val="00BF5BA9"/>
     <w:rsid w:val="00C02457"/>
     <w:rsid w:val="00C07CA5"/>
+    <w:rsid w:val="00C13786"/>
     <w:rsid w:val="00C35E7D"/>
+    <w:rsid w:val="00C37913"/>
+    <w:rsid w:val="00C37AC2"/>
+    <w:rsid w:val="00C453D5"/>
+    <w:rsid w:val="00C85239"/>
+    <w:rsid w:val="00CC7E4D"/>
+    <w:rsid w:val="00CD79D3"/>
+    <w:rsid w:val="00CE3FBE"/>
+    <w:rsid w:val="00D037FD"/>
+    <w:rsid w:val="00D06A74"/>
+    <w:rsid w:val="00D13FE3"/>
+    <w:rsid w:val="00D161C3"/>
+    <w:rsid w:val="00D214EF"/>
     <w:rsid w:val="00D403BC"/>
+    <w:rsid w:val="00DC0C35"/>
+    <w:rsid w:val="00DF5A88"/>
+    <w:rsid w:val="00E11995"/>
+    <w:rsid w:val="00E13430"/>
     <w:rsid w:val="00E46B2A"/>
     <w:rsid w:val="00E72589"/>
+    <w:rsid w:val="00E87A00"/>
     <w:rsid w:val="00E900B4"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:rsid w:val="00EB38F6"/>
+    <w:rsid w:val="00EC2583"/>
+    <w:rsid w:val="00EC30B0"/>
+    <w:rsid w:val="00EE31A4"/>
+    <w:rsid w:val="00EF2F15"/>
     <w:rsid w:val="00F00105"/>
+    <w:rsid w:val="00F03096"/>
+    <w:rsid w:val="00F4681B"/>
+    <w:rsid w:val="00F50F46"/>
+    <w:rsid w:val="00F75994"/>
+    <w:rsid w:val="00F76684"/>
+    <w:rsid w:val="00F96732"/>
+    <w:rsid w:val="00FC04F7"/>
+    <w:rsid w:val="00FE1C55"/>
+    <w:rsid w:val="00FF4A86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="503485EB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{44C2B4FC-CF1B-B14B-B16A-1DD88A19A7DB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3694,50 +5620,94 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005F2E74"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3858,81 +5828,1982 @@
     <w:rsid w:val="0016021C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0016021C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001B45EA"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable5Dark-Accent1">
+    <w:name w:val="Grid Table 5 Dark Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4-Accent5">
+    <w:name w:val="Grid Table 4 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4-Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="8EAADB" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful-Accent5">
+    <w:name w:val="Grid Table 6 Colorful Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:rPr>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable6Colorful">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00EB0DEE"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable2">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="47"/>
+    <w:rsid w:val="009A6188"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C6FAC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FormField">
+    <w:name w:val="Form Field"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005959D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00B7534A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1059860467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mgrimm@psu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mgrimm@psu.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://behrend.psu.edu/leads" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D1CA44482B804DA0BD1346056DA4C904"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7ACEB87C-94BD-4713-87E7-CF6E859702BD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002B586C" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="D1CA44482B804DA0BD1346056DA4C9042"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EB0DEE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C5E0253659DD4C1A9CD932DEF7A157A0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3D4675AB-2AC8-4DFB-BFFB-E0E2C3770CB0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002B586C" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="C5E0253659DD4C1A9CD932DEF7A157A02"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EB0DEE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E5F9E94F590A49109A5548BEC4DB59A3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D47BA137-9423-4DE7-8261-056153CC0FA7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002B586C" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="E5F9E94F590A49109A5548BEC4DB59A32"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EB0DEE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0EDE80D385244A36BE8264EDB7F32D49"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D932AE26-BA14-4C02-8BDA-E94D39F5A45F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002B586C" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="0EDE80D385244A36BE8264EDB7F32D493"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EB0DEE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="891C3C21C5C54B64944806D0B87F9C12"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{24E2B2CC-865D-4050-8CF9-4BB18F0EB93B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00935243" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="891C3C21C5C54B64944806D0B87F9C123"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00307AE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BC757478DCA442C4ACB465AE5CB63A3E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C32B78DE-6D45-416B-9524-34BCA47AFC22}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00935243" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="BC757478DCA442C4ACB465AE5CB63A3E3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE31A4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C1E3AB7EF47B49EE9AE35980E53E50B5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{90B505BE-51BF-4317-81C4-D23A320E1FFC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00935243" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="C1E3AB7EF47B49EE9AE35980E53E50B53"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005959D9">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B42E287353304AFE900103B84F7D5705"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{227C2E1F-4382-4158-8CE1-432D0CE575AE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="B42E287353304AFE900103B84F7D57052"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A14BCB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4865AD12230743A381E99B5E57F6BBA9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DBC8D073-4C68-42B6-A591-F3735A0A26AB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="4865AD12230743A381E99B5E57F6BBA92"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A14BCB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="13E5301018E043F39CDD1D5D40D71B66"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2E879D75-484C-4E0B-9FBC-9753EC9E89EF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="13E5301018E043F39CDD1D5D40D71B662"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00307AE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1D6EFDD6761E4C678826B501BAB55137"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7DAE1B58-F5C1-4B58-91D0-27EA03DBFE6E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="1D6EFDD6761E4C678826B501BAB551372"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00307AE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C36CC0F41743400CA71444C6315F5A9B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7146A406-2FE7-46EF-9BE8-0A348AF469C4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="C36CC0F41743400CA71444C6315F5A9B2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00307AE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A2BB0CF9A984F09A6D390BD4EBD910E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{94C52AF9-EE8D-4E78-97D7-950BFC6D805F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="7A2BB0CF9A984F09A6D390BD4EBD910E2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00307AE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7938BCD662C34E03A08F8D4B2D40B05B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4EC1DC5D-B3D7-4767-86F6-4F093E37EE98}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="7938BCD662C34E03A08F8D4B2D40B05B2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00307AE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Enter score.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B11528CE84B42059BA4E3A37336BBE2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A8AB6BE7-4E81-4A25-916B-863544D38272}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="3B11528CE84B42059BA4E3A37336BBE2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00F50F46">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:b/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="613BB76279714867A061B30F8B383318"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59E1FDDA-84B5-474D-BD3A-7E7DE1210CF7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D56BE4" w:rsidRDefault="00D56BE4" w:rsidP="00D56BE4">
+          <w:pPr>
+            <w:pStyle w:val="613BB76279714867A061B30F8B383318"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EB0DEE">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002B586C"/>
+    <w:rsid w:val="000A7629"/>
+    <w:rsid w:val="000B4B5E"/>
+    <w:rsid w:val="002B586C"/>
+    <w:rsid w:val="002E53A1"/>
+    <w:rsid w:val="00344BD7"/>
+    <w:rsid w:val="00416A36"/>
+    <w:rsid w:val="004B6851"/>
+    <w:rsid w:val="00504EE4"/>
+    <w:rsid w:val="007923F6"/>
+    <w:rsid w:val="00793FBA"/>
+    <w:rsid w:val="008A1EB6"/>
+    <w:rsid w:val="008E69A6"/>
+    <w:rsid w:val="00935243"/>
+    <w:rsid w:val="00A375F8"/>
+    <w:rsid w:val="00BF5C78"/>
+    <w:rsid w:val="00C37913"/>
+    <w:rsid w:val="00CD4857"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:rsid w:val="00EB38F6"/>
+    <w:rsid w:val="00FD5F8D"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EDE80D385244A36BE8264EDB7F32D493">
+    <w:name w:val="0EDE80D385244A36BE8264EDB7F32D493"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1CA44482B804DA0BD1346056DA4C9042">
+    <w:name w:val="D1CA44482B804DA0BD1346056DA4C9042"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5E0253659DD4C1A9CD932DEF7A157A02">
+    <w:name w:val="C5E0253659DD4C1A9CD932DEF7A157A02"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E5F9E94F590A49109A5548BEC4DB59A32">
+    <w:name w:val="E5F9E94F590A49109A5548BEC4DB59A32"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="891C3C21C5C54B64944806D0B87F9C123">
+    <w:name w:val="891C3C21C5C54B64944806D0B87F9C123"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC757478DCA442C4ACB465AE5CB63A3E3">
+    <w:name w:val="BC757478DCA442C4ACB465AE5CB63A3E3"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13E5301018E043F39CDD1D5D40D71B662">
+    <w:name w:val="13E5301018E043F39CDD1D5D40D71B662"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D6EFDD6761E4C678826B501BAB551372">
+    <w:name w:val="1D6EFDD6761E4C678826B501BAB551372"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C36CC0F41743400CA71444C6315F5A9B2">
+    <w:name w:val="C36CC0F41743400CA71444C6315F5A9B2"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A2BB0CF9A984F09A6D390BD4EBD910E2">
+    <w:name w:val="7A2BB0CF9A984F09A6D390BD4EBD910E2"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7938BCD662C34E03A08F8D4B2D40B05B2">
+    <w:name w:val="7938BCD662C34E03A08F8D4B2D40B05B2"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B11528CE84B42059BA4E3A37336BBE2">
+    <w:name w:val="3B11528CE84B42059BA4E3A37336BBE2"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1E3AB7EF47B49EE9AE35980E53E50B53">
+    <w:name w:val="C1E3AB7EF47B49EE9AE35980E53E50B53"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B42E287353304AFE900103B84F7D57052">
+    <w:name w:val="B42E287353304AFE900103B84F7D57052"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4865AD12230743A381E99B5E57F6BBA92">
+    <w:name w:val="4865AD12230743A381E99B5E57F6BBA92"/>
+    <w:rsid w:val="00D56BE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="613BB76279714867A061B30F8B383318">
+    <w:name w:val="613BB76279714867A061B30F8B383318"/>
+    <w:rsid w:val="00D56BE4"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4198,101 +8069,86 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="474822b1-6048-459a-a2b6-73443c5fbcab" xmlns:ns3="70ef380e-82b3-4edb-b467-2ad662f949a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c2af34e22a74b04163b2569fd0a4bf0f" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EA7AB02EC0E949458040DC9733C1C7F1" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a1bc1fef9c80af7b948c7be35d333728">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="474822b1-6048-459a-a2b6-73443c5fbcab" xmlns:ns3="70ef380e-82b3-4edb-b467-2ad662f949a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4b85469ce6f9c279a9f8bdedc66b533" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="474822b1-6048-459a-a2b6-73443c5fbcab"/>
     <xsd:import namespace="70ef380e-82b3-4edb-b467-2ad662f949a9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="16" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="17" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="474822b1-6048-459a-a2b6-73443c5fbcab" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -4338,50 +8194,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="20" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="21" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="28b28469-8996-4088-bd89-44d87d6385e5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="70ef380e-82b3-4edb-b467-2ad662f949a9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -4480,132 +8351,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="474822b1-6048-459a-a2b6-73443c5fbcab">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="70ef380e-82b3-4edb-b467-2ad662f949a9" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDBC5AEC-9290-4C2F-A3B1-C2A7963A35F3}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{106DF78A-7E27-41B0-97F8-C8BB08343E88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="474822b1-6048-459a-a2b6-73443c5fbcab"/>
     <ds:schemaRef ds:uri="70ef380e-82b3-4edb-b467-2ad662f949a9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17730168-5D68-4F1D-95D9-9E842EF7F4F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="474822b1-6048-459a-a2b6-73443c5fbcab"/>
+    <ds:schemaRef ds:uri="70ef380e-82b3-4edb-b467-2ad662f949a9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDE107DF-7309-4A26-9A90-60D71690F6E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6259C212-27D4-43CD-A1B9-9F32E20EA3DA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7cf48d45-3ddb-4389-a9c1-c115526eb52e}" enabled="0" method="" siteId="{7cf48d45-3ddb-4389-a9c1-c115526eb52e}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>284</Words>
-  <Characters>1622</Characters>
+  <Words>305</Words>
+  <Characters>1605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>/</vt:lpstr>
+      <vt:lpstr>LEADS Program: An Early College Experience Program</vt:lpstr>
+      <vt:lpstr>    Recommendation by Counselor for LEADS Program</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1903</CharactersWithSpaces>
+  <CharactersWithSpaces>1783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Grimm, Melissa L</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100EA7AB02EC0E949458040DC9733C1C7F1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>8b518375-9a8a-4c0a-88b1-b0f99b307df0</vt:lpwstr>
+  </property>
 </Properties>
 </file>